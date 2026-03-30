--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6296c73414f6e76fa41dbc1a5eb0585.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd4d8d422b26446aa99cdc02c5c0718.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22a82045f5794d051bbf9f731f823dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b94528088db6b0655c603f8d330a9a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a46101022fb381ffcb322d88e27b223.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4efef301e75028dd3945b97fbc6225.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506a55a8da4be8e5758af88c3a970ecc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af12aebfd02c5cc59090fd9631d61050.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d95e4ee73a1316e165ea65ab7a23468.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f62cd2504b5705c535589308a5dc291d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f428311ddff5d47425578becc9e4d71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f10be910cb342360d5181adb5af2edc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e754f4538d7b294a27fbfe3fe44fbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9ae6eb7acb5317d56d12f41565324f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e09b47951755ea4fe32601a4a86e70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6ab37a22a724e9db7d9ffd5091956a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19dcdb1192f5c324966963ace32f0c32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>