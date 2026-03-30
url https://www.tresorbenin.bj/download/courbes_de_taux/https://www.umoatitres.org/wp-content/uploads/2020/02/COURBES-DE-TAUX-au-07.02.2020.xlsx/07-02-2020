--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd4d8d422b26446aa99cdc02c5c0718.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7b81b9cbe960995f0d5219630fd353.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b94528088db6b0655c603f8d330a9a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9201c85451175d5779aedbd7177b8e04.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4efef301e75028dd3945b97fbc6225.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f8b9702498015dd33e45e7a0fdf924.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af12aebfd02c5cc59090fd9631d61050.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e92cb314a7f50944674b421e090568.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f62cd2504b5705c535589308a5dc291d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9f5ba7e1e7a014a6c4bdf1fe105551.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f10be910cb342360d5181adb5af2edc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd7d4ebc44771f3df28767deedc78448.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9ae6eb7acb5317d56d12f41565324f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0dc82db0ce1cbc00b73f6530c7f846.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5847380852bd2bc514a7617c92294c15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19dcdb1192f5c324966963ace32f0c32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bf388ff81f404bc0f7d32de10293ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a9bd4720265d25614ac1ea625e604.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>