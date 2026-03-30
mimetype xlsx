--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89d7f14e122bd54dc9f67af1631609f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8562de2c116518500900bfd739bf74bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c774d1a7ff0facbb209655b68476526e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b4045f794bdbe2ba7f5a980e82bac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c2ada38398d0c41cae396749f0bc54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0456defe658dff022fcd9e292323462.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9574824bd26b07855952018cb985f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622fa2132844804218f078f7621b5920.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8072cd11bf0fe5e6013b3e24c7b8981d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f9c2f97e338d35f450fa82dd1d0c5dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780574452381ba008f2a274352dbc248.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ca1aaaa3db994c2ef0cd864672fd26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6489ad305b848dce70f6c979fae16d8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c834f6e71a249d4338dd5f0b19420621.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3422fcf4869552a872cced4cc44bc07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0862a13552b046032c57da8c0fd5d9cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34a9440aad75dd4e13c4dd0a97d65521.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>