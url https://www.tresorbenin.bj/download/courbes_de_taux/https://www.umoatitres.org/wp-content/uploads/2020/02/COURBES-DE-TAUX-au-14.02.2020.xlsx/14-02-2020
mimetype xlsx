--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8562de2c116518500900bfd739bf74bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a76a8f6fa13e74301fd542bce99558.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b4045f794bdbe2ba7f5a980e82bac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91add9386a66786c525e99f5e67656a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0456defe658dff022fcd9e292323462.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64272509e80d8a51a54b4fcc44ef21bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622fa2132844804218f078f7621b5920.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a982dc037f06aa5ab1ef626acb47f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f9c2f97e338d35f450fa82dd1d0c5dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5e504b284495b2648a8115f53467b15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ca1aaaa3db994c2ef0cd864672fd26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df7da0a6a8b931b43c640ce7ae95de8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c834f6e71a249d4338dd5f0b19420621.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084bbfd3f925e3b83c3e28aef95f1ee9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d6256130342f5d1a7c021a33be8cf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34a9440aad75dd4e13c4dd0a97d65521.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069eeb96280533d485e64fcd4134b39f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4dd178ccefd8e3c2ac9b8d2e829489.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>