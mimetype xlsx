--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10cc60c8ef6f880bfa9594de39c5d35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3b84d5c863ffd9de35ae8724958cc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce7e1ba2e5d785c9359ef00dae1dc39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489d9706bd1734dd98f413ad11d94096.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4365aabd3efee81c90cc805f3d9bdd6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d71e4ef76a1747b41e70205663e0640d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d58f2529a2752a7055549e73d942a7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2574275552060214d9d0a9f52adec6fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bcc94c754546bfb907aeecb7381bb78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e7307eaf4d4221f12d905be2c1982ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65305e89d7745d60d8e23e3e6c057d6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e7067cb8cc37b2691d49ed59777821d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/520e265287ee23cd90ae644b89bdbcf1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ef370017ffe23899de5720458e2327.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abd9fd3f0e6168ec7a2b62c3130ba05.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da33244eac25f096085fcd766f6ced16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77a747272c0c44961b464f5384a167ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>