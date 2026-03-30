--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3b84d5c863ffd9de35ae8724958cc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305ac16c955397f983d1c6a61287adf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489d9706bd1734dd98f413ad11d94096.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aae163335bd18dbfa25d7e086eefe10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d71e4ef76a1747b41e70205663e0640d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ebd79c84efe168b09481424b5f7608.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2574275552060214d9d0a9f52adec6fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afeb3f2ce57e9a298e877a34b3768043.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e7307eaf4d4221f12d905be2c1982ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957e8a192671232a45df58086e2397ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e7067cb8cc37b2691d49ed59777821d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace90258b5de964b06a9fe842df9af05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ef370017ffe23899de5720458e2327.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f18f284b266e8c2188b9d997260daa3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ab68daa22940da44bb8c302a30373b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77a747272c0c44961b464f5384a167ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c737d34ca5b70123bc48eac5f1c3f37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5197d5f4a3d4bb4bf4851300865ff0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>