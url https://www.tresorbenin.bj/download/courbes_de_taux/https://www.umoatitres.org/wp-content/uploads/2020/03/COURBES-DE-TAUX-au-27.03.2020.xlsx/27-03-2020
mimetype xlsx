--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcff671e8b4261b8e92362bf70c23d67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae5a135ee097c8491af6e8cae82d843f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6660e94fe8ebd6a10d32bb7a824340f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92790d75b3f8a2c493f43aa5aeb72401.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b2b57c559cf72c7f0dcf76764174bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809f6fa93b625b52d0a245b46e9c8094.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0607df14919a0364ee3dc9abea060f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3313ab1b14e783e2ce6a52f138aac709.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b70babfb5f9fba0e870b60e7b3a2c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a717c0df4249ffcf2ee87bb168f2cf12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2fba61cd3b1011124542b67d7db7df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef163e8eb0a5b8458d4ccb93bf835d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0199e63bfcd387c1871d0da5c2e892f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de8bb29b445ce642f12b716b94adebd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a781a9fd264ae05e288d8ef39a78d0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c79a47064f8c4a928ba04b8fafd53a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2ea9f6725a462ac305913b38c9293e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b7aa906f24de421732e53f459bf5bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>