--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62db225beed3ef59f0be228cbf3560e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06089b849e6e39ad63663e32614eecd8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf9d8a2b6e67f8860a849ae1a0e88ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d36d86306492d50c70aef889fbb142.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b8bf3c261180510ac27dd21686222b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521bb5a794a39cccd26eaad572596d60.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3c42f41c43854f89414290530c6912.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9853d64144ddb2327d115436662dd8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee68017cf0b256505e27d8429bdaa5c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3379bd0f88f52406be589a958699886.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b5530641e7ea0bca2269420b85251c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89855932995c9b59ba8f156bd423f99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec627c44a025143914c7285eb41a5c12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/285d79099aea3c8762208075a4a7316c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a37cfffe0be40136138918ec9eeacd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0237bc78f91671dd089727314f4763cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4f336318a24be389cfbb8eb3b5c27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb346c14b4e0010c958bfb63be3e965.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>