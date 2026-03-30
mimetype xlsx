--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee06d47c85ece18f123fcf7a71ac0ced.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f242ecec287e7f47e3e9292e793a17d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ef82149eb33c4f93e1ce1343814e3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4374eec325a61bf177dbf4425d940f67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb17222c6b0aaa0b6ee71f4d24f85987.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf20f8998858ac4ca2f3e8f5ec1df652.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7318de5e53eeb51f869f5bfc4688b344.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7044dd782fba3ccf9b68292803288e1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f1253d5ced47d9270a4d8e20f26756.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a24cae228ba20ab722ab040345dc9d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e688ff80b8ad518c92fa04fa002f90ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a384d009efff684377e01bd8a725c206.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f0b67054d43d561adb6ebafc445d26f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8de7dfecd1da43e12eeafcc06fe4edd0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c5ca096034257191df976d1ed68421.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024908a6773980f836640decd08d4cb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28537a505416b418cc61c050aae71053.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de4bf522df3079951661eb27632e995.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>