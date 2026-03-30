--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f8e747d64d06066c9a741e6f892ddda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31676dd9f07e11caea5be7be13be09d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0df08236f47eac894bf5a300a3031561.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20886aa26161f560fff53cf3619d761b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486fbb951a31d3a5a3cb37a1366f3e85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30a9afb79679c787fb6a94d47ea36e7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd283f6656cf3cf70aa8d5d9ad1ac18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2f31b797fd734645fc114b053d3d03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237b2fabfff936baaf6f2b4d58ebb733.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e413d0f984251871d668c8c42b6680.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47299cea4a4a97013b808825b93d37ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde308b3adf445add5fbd54b3bc8b1b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249b9f4a2557fa028ca0e3a79e8af75c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b6822644130ed98ae0b2f1dd7ee065.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacae3a52fa6512a53b906fbdd9737b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91302f8cf9b675152981f9c1329449b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820709ee607d204a7c392d334b6f051d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>