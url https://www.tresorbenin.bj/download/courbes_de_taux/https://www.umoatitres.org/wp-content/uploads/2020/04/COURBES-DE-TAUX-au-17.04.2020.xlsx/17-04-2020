--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31676dd9f07e11caea5be7be13be09d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917ee6e80ac561a26a41891c6b28c5da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20886aa26161f560fff53cf3619d761b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e77ef758a18f42afb2e774718a5d8ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30a9afb79679c787fb6a94d47ea36e7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e262f4b54e3f071ddaeaa1082a31aa50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2f31b797fd734645fc114b053d3d03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31819a5555cc84e5b81252ad4cc2ef70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e413d0f984251871d668c8c42b6680.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96097187d9ae34842673bd4250b42174.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde308b3adf445add5fbd54b3bc8b1b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad45979a0c3eb2de4174ec2c6f5898c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b6822644130ed98ae0b2f1dd7ee065.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028d4fa92127212d9741fe403d303f7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2c44c925e96dca37b6e848ebe90109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820709ee607d204a7c392d334b6f051d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104c8831b1643cb7464d19b3ada2ff0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43229987122b163fb5a6b916b13807d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>