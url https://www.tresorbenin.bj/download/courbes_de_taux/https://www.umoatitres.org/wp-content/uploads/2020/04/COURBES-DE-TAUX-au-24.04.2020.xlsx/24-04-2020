--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/768f0b5817618e0319723d5f1edaf322.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ad8615d7c94c04d7c9c5c245dd7bd6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06f05d20d836c7392c28e77ce844b01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a3ca16174e9efc403d269cfa3904f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c233ff8d6bf392f3be42becb56932d15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19578fd726cd7c91c7866c8d9de5ad96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b11b674f6cc5fc84e13af2515fee5b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a66c2860fb931a82a270ac40791545c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26179da8e492b7994d0b4d87c891c406.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e78ca7613ff54b7fbdee60cabb2e88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32935a14b34891d8f6c5ec95f9fa7b8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/440af82984edd4fcef51273af2529ef7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a8e67aa7d91fb41663928e1446d8b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4530ffc4ec7f772c02d1d2db03cd3e0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8b13e8c0272c1d2a51c4d90c439f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c988b11124d248d233dbef07e208d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4831185b1c13650bf1ef6a285e8541b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7182c1c784bdbb99f4d873c367926e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>