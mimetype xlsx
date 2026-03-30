--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2bc8fe42c98adef3d8a0990560cddb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dd47983a99715d4a932b461d571f5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631c3500980985e6dd9cab36c9d7e3c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb459f4f669ba5519bcd1e1575e1be2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c712697e0e3caafe2f7fe071274ce082.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ea24f29a0d4e13741bebe58ddcc32f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0803264319a5380d6c70f0e96859bde8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2197f67f0aefe551ae1d4169e15c8f7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a8f6d1cbd04341484ee85dfbb2a9795.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bc8bd687c83b15a086d949aab04339.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a176982295acb97831258b3a5ee7a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe72bd2edbeab59eb2fb410b98445e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62bfa6fbc6cd03be6f7ee066a0f65135.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa88219a44d95407894f75501217ec18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec925ce206a3458e9ba2bb3cba174152.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a23c9351ca970ba79f5b64204bad850.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65189afcd2c7a3a369c32b44784a259.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32cb50509f5dcb7519520958770148bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>