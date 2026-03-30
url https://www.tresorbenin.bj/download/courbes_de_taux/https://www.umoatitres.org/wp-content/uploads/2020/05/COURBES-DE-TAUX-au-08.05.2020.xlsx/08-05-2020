--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac2e0155154ae6e25dd9c55f9afcde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2870b57ebb6dc01368d9e732a66ccc5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4bce40e548810abe5f9c224eb93082.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d73a163bdba76f450e5c7e4ab6e3413c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99aeea7f93b79bed6e5b336adbbc21ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36dbfe2ea9b4950fd1997f085879543d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558de1a6d83fc34318e558998bf55379.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb7e2fc40739cf82b9eb60a6a24d2e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11a2e0fc807afc60f8e66aeb79a60066.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789b5b17b8f971bfeec73592233f4635.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc2e14f9bb448d466b8c0f4cb3fd044.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55f566a61d903891d688798b95c7959.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a02e3c5e2280885ce81be42a95865b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f38fc983ea908c8d20754f31ed2c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa128333ebac05cce8b346b3fdadb2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc9e88b2109ba61521688bad903eb5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>