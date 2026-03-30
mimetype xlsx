--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99a5b809df7f2dea30dab98f61c1fd12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c228d5f49fe2b073a54762d4a1467387.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35bb23785f9efd278152c9d52f18ce0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9dad100181f934b16cf708fc601fd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3178a79b8f9f11fde14c920ac276dff2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ec8c2827650a163308625361f39096.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a255afb799a226e0bd13d82c17ab86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80c262a264a649e0de17fe92d17bd84.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a5911564f746bbf98d89635143e44e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a96f87bdd0faa5f37169d6c9b7c9cc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92c1ae339e8f8a50988c01b731e36efb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958337940827718bc859dfc284ceff0c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce82915c2b162af1500c5fc4188745b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0aba1d8c5841aa47928bd8d6120f50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8857f2d856c03b46efb7490915d3b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9783e31b1663db2fd34dbaecec2b2d34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f5b7e40d844235803323aad63fdbb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae8312e4ac2fd369a605cb538f4dbaa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>