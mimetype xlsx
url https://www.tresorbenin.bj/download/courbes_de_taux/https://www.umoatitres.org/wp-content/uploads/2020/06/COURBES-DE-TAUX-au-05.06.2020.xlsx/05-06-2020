--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dde5aafc61be6944042d89d7232674.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40f2ab7352afe98a4c659dc83aba8ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a294fdd8af2949df7d8c0fe4148d9cf1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf239a592a8c3257f64bc6a433e8d712.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e2bfc39f4d73dbc216e83729b692aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14f7491db297368062e4f3ba61ec5fe8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0720e4407c5a3424998235863cbbd1cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ea5a315677047509de9395aa02615e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52d5bd96f6215b86c865693a63cdb2ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bfa76dd7e828ad6bff3b4d9da66cf9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb4be0fb6e850f616097831559054d26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf564474768b5bc0348acf9d1156a15f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c9c6e706c2e03a3793e6f2383744350.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0204dc8b1693788e66b2443e87ced501.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62bbd99ecd2d2698bd8e1e47361a39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cba5c3fe936b04751ed249b0babc7b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d73627cb0d20a0658bd32e8aaae5a5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21be9c8f5d2ab340c063dd51efb68ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>