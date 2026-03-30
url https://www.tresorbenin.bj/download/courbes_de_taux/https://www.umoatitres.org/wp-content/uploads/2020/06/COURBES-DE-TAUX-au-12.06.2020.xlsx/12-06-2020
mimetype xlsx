--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89122efc5de4838dc951a8c7cd7d96a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc6c8984dc655e826782f581d3d3846.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52f86ec138a4990502e66c6a984c76b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c273b1962f865f1a35385ae8a2e971.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ffc2020eb950d9cae7a0b96ba4628e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b4c4efe50c0798bfdac107ca9183ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9101860268b64ff000e15963d2c2c57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094e205de93d035f0b1f22907a6c4ec0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ecac4e4be3097862aac6688e912d5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6edbc3fb075f8e7b7be16ca77e50bf50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368c8e079575cbdf9d1763ca89d9dde2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204bff187806b241d9fbcd4b64e10d10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0969887e0b3fad1a57ce5ba20439316d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb496dc903ff28474db565bff04adf5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c42ff506ed98a4b2d1bba10b269907.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf723c2e65b51b83db2b24b670ad0948.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5cdc420fe84fc45ecaa03b0a9993ebc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>