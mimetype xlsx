--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc6c8984dc655e826782f581d3d3846.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4be3a9ad6e740ab04fc074ba721c66.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c273b1962f865f1a35385ae8a2e971.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d220949563c77ab675601e356a7c0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b4c4efe50c0798bfdac107ca9183ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d0cf0403f05b75bd0cd9b4f1e8ec00.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094e205de93d035f0b1f22907a6c4ec0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21373fc12a79064dc44ed68bb35611f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6edbc3fb075f8e7b7be16ca77e50bf50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b9a487ceab6f54112d8ab2c6ab1843.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204bff187806b241d9fbcd4b64e10d10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbc8e2c665d16ed2899f64d6f13c680.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb496dc903ff28474db565bff04adf5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329648dbf635029277306aefe716d607.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220db5d8d001e642c3ae23391dc7e7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5cdc420fe84fc45ecaa03b0a9993ebc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e043c50ebaecee3fc7230afafcdb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee91081e0a6dd7f71591ef7cda31200f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>