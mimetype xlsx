--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463c2fd06d7ede13261541f394f1f6fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a3609f14776d5444af5ebf85866427.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508bcd7d852a16919657f250180cc22c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e64b183c417d13593abefaebb41d9cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1eb0a2ef2e62c08bd63c4c351013285.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017c1abd48b7d23416c683eff6aee5b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9931790e079cdb6ecce67f6dfb6955f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3fe9118a0bdaf217d51005a15e9a767.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/549d79f0fa0476c64f9d632d1eaa6c30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44723b1dca58e35a270ce90c3e2060b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/061c84a1271d0b3066e864cfef13a98d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af410bcd6b278271ffcca45f924ec1ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/102b6b5bf2e793f7c137dc92422f7cc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390146704c698296f4ea9f491feff724.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92d963e42f39ac31df6dfe3e8162e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ebca3ccebf713916900b17de9f9dc12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4566bc3c648ee04dd588ce91df0d0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82db643bbe16d950b31e5a81f11857b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>