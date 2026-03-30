--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aac2c6390917f6e6546410ffe83d34c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9114da3bdc357fa4b47ff20195baf22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeff352ba9d2d0fe4d20f6815425a399.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f143a25cbdeb9f844268f6981cf3b465.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b93f2f6b51996c7e3681cd10d8ab32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ce4bb5f176bdc4f0b08d0cd046410c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db92e3eb56fa58fabcc8a2d82ff0150d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/560b220f407a69af9163e5f170fb4746.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e46216fffbb6ac53a98b620b0f7c9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d599966af2ef17596d6336529ede40d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a245e499427a61f2e11f1e8fc2606c60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b17e16ba9699428e19c652a82b18332.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f15c930734cd32f3f4f0735da91694.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872af0dfcdd3479ae5bc68a9807994ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e8b2862a03f05dc025ea6b1152cf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f56ece877a53152d086bfe4cd6e44a65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64c65e6d3aa4ac6f769443715870d0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>