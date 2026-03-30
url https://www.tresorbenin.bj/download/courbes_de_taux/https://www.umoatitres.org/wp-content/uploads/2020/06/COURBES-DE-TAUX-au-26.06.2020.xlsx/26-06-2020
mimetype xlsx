--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9114da3bdc357fa4b47ff20195baf22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902f80f3093d08f017a5da5f3dc54e28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f143a25cbdeb9f844268f6981cf3b465.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011ff83e0528a8c2bb161c4f269e8816.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ce4bb5f176bdc4f0b08d0cd046410c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b48d6e9a6805d6ee3fcf8d520b03a6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/560b220f407a69af9163e5f170fb4746.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b7f9834eb45a1e3705c61bd8116ee0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d599966af2ef17596d6336529ede40d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073131df8c4cc77c563e381d94c17178.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b17e16ba9699428e19c652a82b18332.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b81d123ee8ed69dbd46b38ca84790c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872af0dfcdd3479ae5bc68a9807994ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbff4ed0eacc1876a8ec22091e8ad9d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ed3818e63dc83009bf0a5b6906e3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64c65e6d3aa4ac6f769443715870d0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31765c6d18843eca503e52c19d3a9c2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e089bd5c1cc19ba9c85074908143bef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>