--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0e9b38ed41b683aa7611efa100ac21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb62e8f8e0cbab78618fe8d57cfd770a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a73c2079b0891beba3aa15992702f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f18093bf516254752928597bbedd926.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b26049d89e386b4de85fc2573808274.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd5fbdd04a69a58d7278b549e16cc82.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f95226e5ed083b4d4a31510cfa7cee71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76211a4090261e44f2062817f47ca823.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ddd4dbb64dadbcb89e6251d86d40ac3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31902887a5aa0551987013ddfbf17cc0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64b03aaef18c85009f66e4694a9d510.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d393d1d11e9dc6d80d15aa6f16cd41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c769c496a924869e0bca2d89b291e2b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f68440ac290d4bf743413aa50556066.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282523f18998d3eb1df1fdbd351414cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0abbcf50de9a4b373a65d6f38b24ea3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b33985ff6cb0e91e09aeab98a770a56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>