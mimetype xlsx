--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb62e8f8e0cbab78618fe8d57cfd770a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d930abf390add2c68971db4063c1cef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f18093bf516254752928597bbedd926.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fea5ebb219f150677812bf6c9eef7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd5fbdd04a69a58d7278b549e16cc82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c2783311ff1830c3bd0fb485a8c5cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76211a4090261e44f2062817f47ca823.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2cdbbfefda73d0a05482923bc5eb3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31902887a5aa0551987013ddfbf17cc0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc682e579bfdb864273b3d609c9c126.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d393d1d11e9dc6d80d15aa6f16cd41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3fd58e3f8d683023d6f771755112d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f68440ac290d4bf743413aa50556066.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b3d82bd5e57294f1989806e9508d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5550a87c4449f5422c71ad6c7df4c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b33985ff6cb0e91e09aeab98a770a56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8f4b2bdcb1deeb40aa2e3b8e1529f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ba05a8a88df0b089c888d6f82eaa5b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>