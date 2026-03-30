--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920ea9e552135baf266c9daad90edffa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07791255acb05bc745489cc4599055be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148ddb3b70cafeed205fe2c3e11aff8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0fd46e9be59b2a396ffb9de072b9bd2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb95e5c29492843ddef397716680bef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0adbeaba5efe6bad037a054e043f65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1bcef0a69146360c0d8c949f8638d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6a29a89b9fcb7a6ee11a1156e409b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f965891e220a9e74b421561a33d53c48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ceeea2f553354a0c74f0bc03ac986b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e77f488b294cc9dd1be6fbc0348cb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4b99b40bbf0fa555f15b0b4ee280c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2abda4fd1e358b469d5fc586b4b19f9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e295026460c85d2c50d62bbeeab93e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb36d5cb2aabc731098ba8b14233fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a80c812f9e8a0a0c8091a9ff4430a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af46eef9fc66a819e298416d69cc14c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>