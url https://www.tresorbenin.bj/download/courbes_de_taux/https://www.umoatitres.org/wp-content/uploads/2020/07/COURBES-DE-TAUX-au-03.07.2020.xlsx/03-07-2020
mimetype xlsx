--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07791255acb05bc745489cc4599055be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0d76abcb73c5c290207203cde58c5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0fd46e9be59b2a396ffb9de072b9bd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eca8be187e67aaf946a4922c4aa0f673.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0adbeaba5efe6bad037a054e043f65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15be76302771af4aa7b1ed50fc2982f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6a29a89b9fcb7a6ee11a1156e409b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e112344270d67d5d303c4e28c1bd838.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ceeea2f553354a0c74f0bc03ac986b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c207f107ed08a45958249b2ebe6efe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4b99b40bbf0fa555f15b0b4ee280c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd7e8aa9e5a8839c50e04a22cd078d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e295026460c85d2c50d62bbeeab93e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786a0ea04f6d65f59189ef8ea279ffb0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4dbbecf5fea9881cdf7ea98f50ffe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af46eef9fc66a819e298416d69cc14c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56919cb36a3a9dbb47ff3b91099d73a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f61c631485523b8a568dac1396dc38c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>