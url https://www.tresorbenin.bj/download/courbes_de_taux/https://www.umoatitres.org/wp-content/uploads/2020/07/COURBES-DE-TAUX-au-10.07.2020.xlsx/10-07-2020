--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80e20faedbb30e305de95d27bf3faf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b8b2b583b8cec8f9ea36b4e695d032.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d78286af1fa70e461dcb3e3e404adfc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515044bb6d69ee1a08e3a79544e06cae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734a9e5f768623c5256375c9842973bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f815f153ef8219b4cfe4bcb4cb6ba4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b84c057d8986f3cc51c5c22626d7c23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e711d9dd866a4bd931bb8680e0ac41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b2d3d2c4b39364107ebe6ad52eb9e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e819a6184f5bc4dd1a3140e5a683d293.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421747cc80057c63773116b14a989cd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a4472b20d23275c24c404c06ab388d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b57acf61733176f6e82892c20646105.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa62d7bb7012628c13afa90f7ea6bf7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64071bfcd19fc71fcbfb114ef89c922.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cf8f679d9daddb2868d831070058e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccf49b283966491626cf099b82b63e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e895310fab3c23f8537e1d17f46c134a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>