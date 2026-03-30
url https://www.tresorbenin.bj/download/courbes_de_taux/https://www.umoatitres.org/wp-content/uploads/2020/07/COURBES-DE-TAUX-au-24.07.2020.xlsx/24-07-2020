--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233147455ff5737abdfd166579bfb1d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd4da53f4952c870cb064ebcc6d1984.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84160dc2f6ce4388a7eac36561ef281b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b684256cbeb2a4ecb0b51b4fa26b17a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0248b1a9d64b78f9b31823769682dec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd87759e57ecab80208b32ee20d125e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/519aaad30f4089db2bbc0335743de8e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96830592dda3b9d3b185eafb6c84a4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41bb2ce2fc732e5d57fa8d1595367475.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510d0e125fe4127e21676e4e2412b931.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a4472c5b1323d5cf5e2dcd20d262b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd39fc1d9a206602f19d52576c0b2fb6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e350483d219076f79f4a9815053619a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0177eac4d0982752edb6d2f7140685db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c38a35c5ab59a2024c2530237be91b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b6bb2b982a9253b77d9b9189bea72fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13d5416b6380d4d1caadd7f698efbb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf833301aebad6f7b6c92b85c3dfb2b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>