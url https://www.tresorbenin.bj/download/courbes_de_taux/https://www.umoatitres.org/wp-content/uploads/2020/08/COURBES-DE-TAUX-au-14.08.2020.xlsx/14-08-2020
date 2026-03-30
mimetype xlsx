--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2417e284eb4840d869cc64de27f165c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4385702550caa6b2fe1142c416b00263.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4320a7407fb8669f2ba01dbd9c42c5a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c87cc95a2e44cf7b322e50fe95628459.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de4ec6a079b40b84e60273621240985.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0418e3d4200648acfbcecc617ed8bb0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5bbbe50c9c0254fe16bf16ba7f6a1e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d828996b82d8ff33492c592206d363b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d120b8afa84b53ade37d4dcf04a1ff9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f0b63be26a7c22fa450b0a39358f87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60cf32e6f566ee922b57d079593494d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636b2a1d9a39b3be35874082224760e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62a4f34f2003c3b0c86dcb1644aee3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e407fa7bcc28dc2a27b638e3856e35a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a8b9fa15a36558e16138e9f356f8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8059fecd73b713b9eaeba6937fdf7fcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb22de083a3b05f82137441865d82a55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a559dfa4f7e7f55bec9f361ed10ec8c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>