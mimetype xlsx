--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289b84030267985cffcc5a8f7667954.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406d297c7c8800600e541686189881d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e46eb65f9dc5fd72e6246346014dd3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c705b9d2c009a3da38cc277159d42e86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db95f5c27389cb22a0be835276dff303.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fc94fac6cb1429f9a49e03e72cb430.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843fbf666510ec483ccd03819c31a2b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311dbc778da2a422e489f8b4af13f5f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07338b76aa39a999d434a5c5b4f6f111.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca5cb0a921a1f5b14ead2b641b2a4fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc9df867902ae90f7893e279bef5e1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f59bd7c276bf4b3081463da348f14c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c372d3bb997ea35fc070b925af366034.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae44bcffb0992e915e89c5cf182e0f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55188f8eec9aade487419acf3a8c7a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eecc411a273a69283a8ceed512244cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c37e08cf1236333d1f4107fe9020dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a595e46fdb816bf1a5000d6ef30c3ca2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>