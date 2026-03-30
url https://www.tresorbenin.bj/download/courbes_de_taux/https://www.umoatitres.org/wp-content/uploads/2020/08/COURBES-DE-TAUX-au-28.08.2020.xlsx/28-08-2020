--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495ab9bfd24984986c90466d7712c72d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38206971813cb5ead3ffba7c7e8f96f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a19cff3c393c6a2cbe6679ee1fd473.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02ed56a600db24ffc41e4ae7bffb10f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4249730fa44ad0af80ce68e308942feb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1800901424505ef2087f38d9192e8f1c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3df6bb96ba998992725fe89cd27a69d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9eb813e6294f9f21fd1da8540650a57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01ab53163fbd982c52133385cdc3362.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19d961af8e58e188266e293d2644689a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0062672832fac285987bc47a42ff2fc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be6d2de5cc2eb7eedfa303bbf43d25b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd2ebaaf783ead9c38b9cda4a440347.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709f0c572112f8abe74000006ed7ea06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277f4c011bfc709b6c0c6d2209d8f739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ca1f16845a2a490d59245fb3c7bdb1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d66d42e0c2da63df82770b1f09df77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>