--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38206971813cb5ead3ffba7c7e8f96f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b181325bb553c2ceeb72b578962a9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02ed56a600db24ffc41e4ae7bffb10f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee4ef4c5e74659951fb6724a3bd8b7b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1800901424505ef2087f38d9192e8f1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6d8af18ace03b3eb7e3d12510273802.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9eb813e6294f9f21fd1da8540650a57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940e26728225ae066dfcbfb281f9e1d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19d961af8e58e188266e293d2644689a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebc65ce206a9ae33c5513bafea521de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be6d2de5cc2eb7eedfa303bbf43d25b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776944a3ced1f3263cc4990f45eebe99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709f0c572112f8abe74000006ed7ea06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6074cae80d75be14e34e7ef010b3c8ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50042d4a91264c96c2fae26d2c8348b2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d66d42e0c2da63df82770b1f09df77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c674fc9e5c4fdb5ecffdbd703fb333b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f289ef1d66df1ea06bcc1e44ec3427.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>