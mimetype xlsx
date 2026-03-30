--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533139f93ec94af588f11e0bd17fc1c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/504bbcb83561273dc43bbbeda47983aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2d9e4aaab0dccaff5b0edbf0d560bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35696c37cd9fefff9c8c3cbce48f712c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91668b456aeb4c572321ee8f7d3169dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542ed6605f76c9f6994a14fa04d34741.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419956ed1d5eb6e56c904f22fbf76a6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b67ea019505e9d76ef39d85378709f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ceda61b6d124f413b7563dd4745bd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91565f524cd361fe652b68aeaaf83cdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce46caaee1c8d997e58d31b532f3c98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c035a5267e512c93a45ac5d06b09fa64.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c61e28c3cfb2fed6a71092bbef1b88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f823e071edef1dbe8042098426b3c0d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e69cecc7cc1bc06715c7f68b2c5c61a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e81d64252800dc4a3ebad910f90a90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f356d4b03180e412909d8939e015c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9781af8efd97328b2222501c860c2ff9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>