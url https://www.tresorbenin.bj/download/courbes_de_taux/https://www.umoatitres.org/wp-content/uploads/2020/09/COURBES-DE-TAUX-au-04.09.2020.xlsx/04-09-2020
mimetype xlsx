--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa88df0c5f0619a941574a78f801888.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ffc4cea97f6a5a47e1dff28a5780277.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74907f6b275e8bb0b1e78a875443141.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e330aafe015ff0a62a1c8f35b8163872.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b1af4f688b56e26fb3c0d654b564ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9437424ba6a44f131fd44b76625d82eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fdd8322cfb1531577bc64d916a639c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d24e2d76590f110647695a65c1d0379.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3bb9ea93f6504b3290ca621ef880118.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46696b95ea2153e9fcf420c698bc3a28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5621d80d1e4fe66a04b1424e5d7a6fb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5976168e361463327db6740772e1da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bab61bec0c136ad4070dd9498ac9b6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf66b9be792f975c819f0aacd2f3ab01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c964b940e081541fbffe87dc385af06e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db764bac54bcbd6d73a679214e46af9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5b47993d97953c951a6d9bbdb3a562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6f5c126ebc9abf463ba8fb4fa91bb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>