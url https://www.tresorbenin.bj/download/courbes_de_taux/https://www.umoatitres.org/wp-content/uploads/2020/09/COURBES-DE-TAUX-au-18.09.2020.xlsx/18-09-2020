--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c190b09e23c87d0debe6b5289056637.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e266cd530f2c0dd0302c8e7693066afd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7aa0c22316ae496f028fc6d3b0512d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a5ced960df6aedddd91624406be1dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a180e4be422fbc6c15d40098d4389b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d9c9f3a9d8de0552f31daa0014b9b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e5ec90062bfbfbfd562a358b5ba1ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d2bfffeddd52be7b199ddc84689506.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637e80d771aaff639481a7ae56c7cf4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4851171edb0efc00e79545ca1b0baf52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5481aec80ce64b624d37af123b19cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c19190b1acedfa4648ff9fe938ef433.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/031bffc456db89401d80c3a9b700a57e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d3108a4939cb8e7e64c25d2076a6eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e2d6853def0876c46f45c6dbb61145.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b57dea2696684ff990170603e9e90235.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643d18963ea3e011a1d2e5f59b3a8956.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065e8675d15894860cf1af12f1b4ba9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>