--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7833966b4758ebd5d9d78222e3706d61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d2edf1fe84ab083c17f570176de177.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/879d5acee3bb6f65466625d7942acd0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c3c39cdd6c9dbf5454cf80792c6fcdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b639338dcc248801a45bbb6c59fcf7c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c2d77014dc24a623d0ce3b94ffd862.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c217231ff38cbc6d8c36d7ee27e5bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e29a2bfabfe235bbc49ab42d2dbb984.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a70ca3eb5236681dfe2313ae0f91eeb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2cc616f0aabb1d68cf37602693ad6a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c6fcf4a4fc9b050b65eaac5558152f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2127da72db7f53dfca8cd2b47b1372.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13458568c14f7db90079e5f5d0c97b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397ec57668985834dc9542799c7cedf3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1147873a4640a27006ec416466ef4b18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9682eb8616e09337d8c69c9f1ed1d5d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd7a9fe85774c57cd1c92ece7b7b33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b718dfd17a1cd95e3a282bcfe67d64a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>