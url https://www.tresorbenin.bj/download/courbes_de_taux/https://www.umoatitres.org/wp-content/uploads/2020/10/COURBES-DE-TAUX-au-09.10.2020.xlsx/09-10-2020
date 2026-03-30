--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e30211c723b6b54ad247bd320c32c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b36a1272ee5c238cdf5ca9c1a3d0f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c43581131f5c08fdd36ea7bb05606c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a01163e5b57b61d897f12e3b3250b2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4d3cbc99a5a25cdc309c7532d2b186.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacf333df36f3582e7a2a45bcc61f0a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e3f680bfcbf1b43dead63c9f6cdcf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e969fdf51bc7052937ee1665c5fa9e7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f0cc7300255e865c0a1951af3ca4ce4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b89bc7d0b41283569d6cccedc017e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66dfbf802d2dad7f7c3bd4b4510e42b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f42bd8f8749a11e55ad84944d6bf953.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa82792380f07d3ec210ca469a849bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fbeeda1a607052cecda275aa154d65c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7684b6d439110b4bcfdb86407db4944.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f996a978c61d77b5521dd6a1642e78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181e8f4f0ca8c45783c3c97ee79c709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b036754f188ab36c05d5cb55f4824b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>