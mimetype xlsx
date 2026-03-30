--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5259d9fd69d8e0cd7a85a57e611c194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c146a4dba5da5d7a6df6abb1c8bc5b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0fd09629c05685d4fabb14958a92bad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f521c63627a242fbb610be6c0edd825.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec783e1edd43f84fd0611ae177f0a4ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7c36d033bb15822f100531d8182ca58.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e21c30f1285f10ff7330834c8500ba31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b58b90183a2219f004030cc99dfb88a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0138a0bbeca861f54933393bfabeac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5191b0849717436aadfda2bd13afc63c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab3c7f786b771e3362a496854456ebe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d84b4310cb5ffcbbf1b90fb0c505925.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2d7dec25ecb8fa2ee4326e4c2bbc5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af835140037bf46de74e27b8ff341f45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d3eb50fd970ee93f2c61f695dd85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab74d87ca97a7a35574f716ad81d0750.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79b95a19ee116a3f053e4b9fcc05a3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3438c30ee0cdd3e63b1e66a871c545b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>