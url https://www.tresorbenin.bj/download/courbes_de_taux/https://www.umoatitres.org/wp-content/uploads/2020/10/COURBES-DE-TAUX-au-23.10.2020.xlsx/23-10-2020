--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921b1b72ff9414e3a31d062035471fde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcba030410a1ab93c4b2600cc8e774af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719e22b302acc4bd4bcb3df5c033f125.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da34091e4f01e9c0e208b3138e4af12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4de2375a5ab117af1b94fe42c3c589.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d5b8a3b88674950558bb00a98561fd7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec78388d292cc992812e757198c1caf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88bcdc1c93e84d59156d6196805e18cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715422ad8f13d2794c18833fe4cd49aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cda5685791f04274db8d2ef1a71e1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10512656a0c6e9ca59b5c712ac5db7ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee433998b8647ec6fac2407eda3efef5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1691204003277585063cec74f1cda9b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ad70959a4e96a728ade6a21566d19a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222a986df4a57c082dd4ab81ff77ff2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c06ebf6ffab715b76c8b902e33ed55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254f5103b74aab6661b7cd90fa96109.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6745480ab0e5547a0823e0af2beb40da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>