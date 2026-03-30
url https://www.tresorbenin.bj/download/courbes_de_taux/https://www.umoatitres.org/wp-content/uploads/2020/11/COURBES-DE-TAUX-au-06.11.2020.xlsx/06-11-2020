--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101933df64cb90113889b839ab50d533.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d618447fcf8723b6201e3e5dbe4ae1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cbe8bd2e28cd89de8703f4fbb28268b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15cbeeaa530c8e8acb3faca39891fd5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76148dc22636747c62d779465a87b568.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa85c6acc10db3443a02a4e1718d6b7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88baca12cf1d0cdf82ff954683a2e278.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ed32a8e47dc7ecf6dc42e42ab95297.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be1268d7ca66b11847cec84be44e92d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703dc76d6c4fbd6caaf129f6eb062784.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c900b2e22a2b3954d5cd6a22aa5a7c2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4023c42c0a247d8105c00b806951325.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1baea3f222685d1e7bfd8f8d7ec1f92d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def369f8989f4317f37e50fcda6e1145.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eee60e0b0954cb9a501030fb782fa5d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1bc98f5b8e97e3eb5cd5f4091aebf08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd8ad1f443ad37e54d22771c07c921.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5c7ad7f5c966a6dfd1bd638a2acb41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>