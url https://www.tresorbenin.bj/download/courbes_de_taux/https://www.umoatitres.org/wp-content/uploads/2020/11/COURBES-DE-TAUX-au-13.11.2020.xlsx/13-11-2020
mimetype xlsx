--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503ec8a815b93bcbdc62133faf77fce7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/718b1df1b2cc010b55546c7c5c5935ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2cb6cabbe8cec6cae7372a2f81b2ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53e2cb41e3817ef07a8205cec62eacc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a00519fbb5b0df11871dc836aa0d064.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec54416a0c9fb8538af0a6fc2eda7513.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33eac7f22b9b4346198efed146780360.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026d7cf2e5cc47e5189e07c1c7bca6b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1531c4c5452c12f4c2a023d953fafc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdac4c42f27124ae45e53b56c7cb53f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d37d848a892f030355af4e9adb0ad9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b86d64d24894ea8f4b240893186db4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7419bcd13be5c32f12a220e064a57e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbcc4933ad6033550dca87cf280d1c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ac50eada59cf710c70715b08667d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee45158807b750d5e0892da23853fcb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99f67592bf99dbeec526034e302b1d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f183f8450e8855bf3893e47960ed01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>