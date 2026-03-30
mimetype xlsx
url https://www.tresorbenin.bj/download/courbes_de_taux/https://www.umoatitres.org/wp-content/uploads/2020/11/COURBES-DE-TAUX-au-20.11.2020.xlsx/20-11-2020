--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fbbcfeb710270a1f6c8d00d5410c0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4544d980ce0e8ae6a95902b9c22948e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc9c6a55243186eb04e988b266d9633.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aeac41e1f68f9ae593c0ced9c34a8d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7558b50f372d6ea389ae165907eb969.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e7bba7454077c5ca2b50ccc9db4062.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b1b227806fdf9b5654f0c9acb9944b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ff41fa558e344239afffa7c5d6dedc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13125dbd20cb6639c9ff4b24803b7b03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a9177c1ceeedfe11554fc30f45354a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38e56b0f6ed13b94a4a134ff3bd4ac3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fb1ad34b7a6b785bf4b3e9bd12c7ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d43cb5d5a8cf19d6a5f2b7d195dccc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5028be3e6b98529a215f21844c80df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae06f64a5c7d6a632e831174306c404.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafe116d09c7160c3a67bfd16d5a5cb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e753c27d00057cca73f5f7cae0d1a13a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d767d60847a57f9eeb90e9014f3014.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>