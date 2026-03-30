--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8190c148c943999ef73ac99bbc41cff1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38be7033937cd2364f16397ae7575c41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e7198057b4e39650f73ca94967040a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37fa3f68c00f9da683f26cf93dd8ada.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448aa3a7865c92ffe16a4c886b79a0fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe292861ad9ad89d3473f1e5429e4ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db38c4579884400cae9794edcd416c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d4d86db763e388ddaa4e3e8d69da55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f359bc9d66f10ff9a5d1c51782dbd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e20239e86f77d45e00445d13a849f32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c58c5d59c6c5400a03a4575b8cefeedd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d85d414f6c17246225d6762b225af1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79b31f15a46adaab94fb0d1bfb3ea8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23686f2f2a9a618aa503f7d40f28c76a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3316e1977b8d7572400b516c59505f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e909365f3a34ec145eb24bd4820e4989.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9b11832b3c114bb6c81207e868cdb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c52617460820affe08a58e5c0984304.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>