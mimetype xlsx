--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38f009125a5d40bcea34c2081b1397a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d8c0dbaf4b1d7c76e9dc9c8aa6408f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c370ec01685fc9c5f11b60ce2ad3dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf70e97b73667f933ca1bf24d945ff12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fe5d9c7831b4b1792f7f31e3834880.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc59fd25498c9abc59474db9011584b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0455d01114acebc27a79ca03938eb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2262bde1957ba7f2ef541c059092ff12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05641940b678dcf26bf79f366ef3bfc7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d081239e47a37b8a0b6ef84262fdb71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a71fcac6c3038b01a9fe25f631fdfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b133c9c98ac1310d56a6d59b506eb2cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad6bf42071b145a2afa26f2f17722d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f229d42dc95d5016a7228e283e49c5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9a50836937adcd32591e6f4625aa18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e68cd0f18113897cbbd4a49d083c14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142d0bcbc7219a49c5157074460a2840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/772101bfcea180cd926ef657f10726e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>