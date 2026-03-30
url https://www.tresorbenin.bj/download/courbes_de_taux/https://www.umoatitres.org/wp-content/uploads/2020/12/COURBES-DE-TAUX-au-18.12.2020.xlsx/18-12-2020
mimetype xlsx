--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60cd7da3ee6711625d6a273edffae2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f0048d1b12a3eb626221da96fa78024.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030e31b79fc2f4d83d290952c0da8213.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafd7be8d9aa6c1b9ec55ab51544d637.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801853358b3bb5bb6c4c6f3945bf5800.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af8a7c07da93edad3a397ec1e61d3558.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34d9d46821610be11ec317056d0a8e3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b1752ad57e4db277a081707cd8f4ab5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234dba8e4bcb7499672911e610d92045.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c83f35471f51045547adc162b28f2bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a909ad513c130c0085015d64cb0be2cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda86b38ff80c280cf67b3c32a8f1c03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9dc7be44b3759f97aa931091acceed6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3f19e5d0e2c85a625d70b7217aa603.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3928e5a69d120d67611babedd64560bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f06c88ad4e5d61c9f2a7e73f862ae34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a4bb73f66325feff56c1b33256063d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c435e8d603a62350fc129e045f59c5bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>