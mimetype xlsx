--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604ca6278bfe951f60eed0f08d79bcec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08823b04f8efd40639952ccd6d625e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1445f3c9778e1737883dac7221132d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28bb5bc3d4635a87ce9966456748d240.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff753c858e9b706929d41fad97b04b89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fed5e71a3d66d5f99168fb3d2afb373.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be474aec65791f30854bd4a359c29ab4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f2df85a9bdd9891ab9f27a189c94d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c136d387bcff0a441e16bd0ad94df4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5607e0b521469728f08e5be22022d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae168c4cbca056eb9b89be1a9212e76c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9008983dafeef24e621177dc8ea62e54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44516a3a3826c9fb4c7b8c378bcb2b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94d483024a6e86c2db8e63f539d7cef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bb2054742f64156bd434e4245a6cc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82d4c40a4823d598a868dfc6f363e43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0cce0e8e9b0787b78b0987bf48e1ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a5d125df8a7cc9326d9c3858a7530e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>