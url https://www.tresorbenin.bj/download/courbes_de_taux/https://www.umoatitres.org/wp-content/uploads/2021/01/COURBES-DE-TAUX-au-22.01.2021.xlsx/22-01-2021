--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a282cfa3733db091179ded30dbf67b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1089f915dc2369c261d92a420fe54b66.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6234e4a703f256d14b08d4057e43d9ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e01f437df704035d40e57b1a16599e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b21cd2f053cdd0853af6543721e21b0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aeac23571ee74fd6054cfd80a2dad83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bc96606d32b3c17d4bc53d1bc52352.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd821428eae65592f3ea142c7c3ba5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42dfafecc27aa453b53c4a1adeb0e73f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b8d7f40629ba462bec7c464cee5c7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/119cc92dd2e37a51fb3a6e84ac2967cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c88cfa8ae83143c42b5acada09b9837.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51418b6c8a3a4c1a326788f91daf9777.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef0b615e4656cb1d01614bc93fff7043.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c406bb560e255409fa99587b9864e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e401981caea6773b9035265e4d27ff7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca7a679a1ad9c4167a92dd16afe229f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>