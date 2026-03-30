--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1089f915dc2369c261d92a420fe54b66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0170c53252ed4007e2184da2e97cbd2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e01f437df704035d40e57b1a16599e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b9322e91887fb02b1ef83beae16f03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aeac23571ee74fd6054cfd80a2dad83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31136abcd759f5910c98eec687b49c63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd821428eae65592f3ea142c7c3ba5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1344cc581854cfbd27670d2c9d4409bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b8d7f40629ba462bec7c464cee5c7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d9b252142003197a837b8f11ef027a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c88cfa8ae83143c42b5acada09b9837.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ae2dba9393f7c13ae8883525b2249.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef0b615e4656cb1d01614bc93fff7043.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94361f409390cafbf94b4d70b5bcbb3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f1cb1df5710965e20c0b9f5a23487c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca7a679a1ad9c4167a92dd16afe229f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b753f23cc7f820745ead6932031220c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3cc81fa4bea5e6ba9a9cd4b8227adfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>