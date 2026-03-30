--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb76fe3645e8cf76e24a2461cc7a82e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a62fdd268dba9916fb2f03025daf61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0488a5dd6544ef9c2ad349e4590ead05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96168970f741b77fc095b69c4ed767b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a8f8d901b82b11b09b8c221e306e62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47a46860e73f0ce80b39ebc32a27566b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9917f30fde8821714e27681218f69e70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ea8db90b71a242ef355e87af788a81.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68db7dbd825d1d579282a39ba1bed75a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1182977e570827f87d2051f9590bcc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97365ed835aa3f96e866cbead1fd34e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f216811109782ae8c845bfdb2c5e3606.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4d4b0914e38160f77c14874012a031.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d125ebe931b0fa735a1c359596c7f535.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ede2db23f752c02e056baf2aba49fd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6052e9eb284d83e5b7ed13cddfa8c82b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38107563b5facfbaa7fe5a54c680c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e223115997286766580e4ceb04969869.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>