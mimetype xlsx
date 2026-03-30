--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fd1844caab2840f7160b7e25dc98cf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b4f7d3a032678f0b72926d02882884.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48952003dfa25cb431546ce526598230.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5350c767b2e11b6ffddc7178afcf45d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a06365dde5009a72473139463e3ed54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609fc58db74a62f2e0dc0e2aca9f339e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ddc15fe3573123998edfd7d4c27fd1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee5d23cb158c60d099f10fcc75acd3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9aff7ca1226509382faf49dcd06895.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401354101dff902131c285a463dfbfa7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cfb91aeca626ef6e4ba12971c0daab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245cb9e9dae254c968d12ffda4e1f0ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa2b432835b7d2d8f8f72504f1db5f8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc8e8c5ed379b3c8e95af49e7386967.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491e6282c34ecf14963a92d39cc699d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b18b601b0ea3058fefdd101a43cb3061.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054419c377e946a58b6e93b46e2587aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>