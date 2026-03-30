--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b4f7d3a032678f0b72926d02882884.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae6b9f62a1bfcfdbab287f11b29acce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5350c767b2e11b6ffddc7178afcf45d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50de850f10cf0bc950918ebb031049f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609fc58db74a62f2e0dc0e2aca9f339e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9cd92df9417456f7fb8ec198c1876c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee5d23cb158c60d099f10fcc75acd3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f956f99c040c3505ba150b90622c90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401354101dff902131c285a463dfbfa7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c9c71f8842c11f78b66c8d7cf97ae82.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245cb9e9dae254c968d12ffda4e1f0ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e46d17c1be8bcfc5b541c600fa53b69.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc8e8c5ed379b3c8e95af49e7386967.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742e5b953fcffcee4bfaca181095c3eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea038c9c0d57125cfaa9887e8d565cdc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054419c377e946a58b6e93b46e2587aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703ac3ea0c91e0a43b74f67c04055946.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c9dab25ca067da826907286adf26b67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>