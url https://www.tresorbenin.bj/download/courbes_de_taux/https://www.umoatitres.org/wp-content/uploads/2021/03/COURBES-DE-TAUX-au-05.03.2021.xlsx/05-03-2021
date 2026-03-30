--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe5f23c2f3572efa224756ba870c951.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d5e9cd89280289faf99eaba3af47be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ca57b2c64f6aa585a80f448a8b36cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52234d13f42635643da31a752c4cb482.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411741bddbdf52d81f202b7e7dac5847.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891416ba10dba34d288cedb289299877.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfb0be8cb31de0744b6e4ffd7fb3db1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41f9587d0a355556063daa4aee10635.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36a3015f639d8db31db0524c24bc090.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d37c5a80247548006b0b0398a3fc25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282e096caf3e239e05280c5d496af270.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4173ac2bd8d7a099ff835339960c182a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9197875723345551052768244fb7196a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b48e15a3a0f7633012a8d5bfa6f411.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564fe3d036bcdc7a980cc936694cffe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2298b073a966e1be6c82523ba69f09e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb01797e6fd8ae5652a72e066da9809a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d802bd6f86f2af40bcebd92153690d9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>