--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35c2b332802376847514e36d8a7da4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d71a624ebf5cb8b54856ee42d8e3a64d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee349114944ec5fb72330fd9fa171e72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eca3b14f8c2292b5e6262756d0381ca0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704c596424760520e7ee7fd456866a89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7df12996d24959eb7f8a8c9884a7f27.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7db60463b6ba1bdb3b12dee7fc1cd0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f6034986066e3c49014069d9b7af031.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9634befbddf5019697b5d51dcb8518fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c3e08f3bfd2e0111f221ab79e2ad49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c2300d9ea66a1927e9a47f866576e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4273c10f0dc6ea5218c6247e2645367d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c47e86454d9a41f717812e984497cb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03ccc29245d2ab9c6b37526ba100f92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1960e51906ae5a8b3e3ebb98c99a039b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a72c20bb6c249770035dbc33f378a67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf3333582f326566602aa849c1e4221.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589114bba69c976fec1281b1f6109f08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>