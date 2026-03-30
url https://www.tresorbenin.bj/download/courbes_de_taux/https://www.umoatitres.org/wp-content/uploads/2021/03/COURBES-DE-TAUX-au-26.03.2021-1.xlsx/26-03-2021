--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -483,79 +483,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf94a2c1afc07c61d457905ff6d8d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f540070249a3187d6c402d89ce2808.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b98eb8b148aa14353ddcbe0197f1df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f2af38395a3dfd8b0e094cff21421.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a4e46460925b9bcacffd248ad2e906.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6e1d411b001b0fd3984f7685a082b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e895967570903737f9a9608a83e2aad3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310604b56ea9c68a3e5992161b91723f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e73c8581886defa2637b725cf1a24a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9396ae862b179e10005522eb5300c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a94e0bd8961fb8c849a132b44c43fe4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a9b351b22358aeb49e845abe2fcf2c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67524fa717f00fc05eeed5276984a505.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40732b5494b7accf2852ab8549ac28c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1a80e318fe71a44b4b6072bc0a12dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca98d3f058fb106e84708df2d5f1598.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07cfc787b0a0ea2c496f59877f6380fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>