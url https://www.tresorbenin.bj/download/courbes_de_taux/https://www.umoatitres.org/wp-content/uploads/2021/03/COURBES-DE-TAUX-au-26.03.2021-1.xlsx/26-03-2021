--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -483,79 +483,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f540070249a3187d6c402d89ce2808.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b42b979ce52423c2e86ca20e047dab37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f2af38395a3dfd8b0e094cff21421.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d0319717fa67fa4a2a7798e80f2c06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6e1d411b001b0fd3984f7685a082b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5404c447aac66e2e8f0c2a825f99e68f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310604b56ea9c68a3e5992161b91723f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14bd00d7ab60b33eca4bb0e5f20e51dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9396ae862b179e10005522eb5300c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba157cddd857f2ab4ee3df6bbd373db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a9b351b22358aeb49e845abe2fcf2c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8188436265eba59c8a058372368d29a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40732b5494b7accf2852ab8549ac28c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89bc1a0f56ad2de719348d722a44b797.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1d7548cdc65ff5c125dfafd91fa245.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07cfc787b0a0ea2c496f59877f6380fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e4b0278f02e30f93eb262c8512617c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fac6003bb4ed6bb50b419d1ecd7d4e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>