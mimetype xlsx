--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d65c601e7ae7c2aa606e608eef41edea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5da1baad971eeea188550d1fe2dc3a7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382e0828032edd1f8a35fe94fd2f6293.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7032055577273466c77ea661941d56bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2563dc94688366b5f217832af6ef7519.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819ee17a501417dcb1ce827f18762ca7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ea30c411cbe3d38a6f6168235940e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db11e81df4e49e23b35ef0ae69c55f8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986fceb64e9a2d6cf8496acd498956ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40b18844efd6bda4edfdf2637040ea44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b788f1689b9d212e7a0f9b4e1efac10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c67d95e58113fab10420d3c1358307c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a94020b147f8c6e1dc41ba11b56a884.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80c1e0bb1c14dcc8fa0acc18b1965fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f951b9b76704fd23de48c2ba8007ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f55fde0d14b97af2fe4281fddceee0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e129115d52944a74fdc9b7e1ae227a6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a720808ca8282f0c903aceaa91e078d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>