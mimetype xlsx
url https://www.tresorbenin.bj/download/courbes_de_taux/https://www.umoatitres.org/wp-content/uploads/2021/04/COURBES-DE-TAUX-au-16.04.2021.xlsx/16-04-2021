--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f83b3d91470cff5eccb57a0a55f6d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e577384846a267a1cbd65dde857941.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72068d7b752d18328c9061351ec1ca5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b78643871992f38faa1ba5da2b1492.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5102376cac8ad8fcebe260c9d7c40c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d84b19d66cc069065925514c9b5555f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e353f3ac152165b9064e95e6568ff82a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d57a75e6ad3360a4a67e5b720ebfa22f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e5143f9a8e75c0291f294f21f3fd3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d81cfee0e09d0209149ca8fd82e6b3d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e3fdf6d34d25c4b5dc5d21e3c524f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6ca12207f20fdf9cc8e58f29b081ced.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41634a3b83d1e9c2a38192c1cad6293b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824de4b3f5a6d36535a93c0572efe714.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89023d0fdb72b552aa4859c4ac4c7706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4d462c0c3f0272c9c9e88e06e10941.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>