--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d61facb52814f5820641ee34167478.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8815b1e3abbb3ba51e034bc43e4b60e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91fa326d7c1fcdaece320db792253878.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafaa7d70bd14361b7d8168c471f5459.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3087567fc89c5589a803f9e676301063.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a8a3fdefd5b686c5ec008d034e465b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7776240208a76517d12b37aef170ef8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04be84f0d830b78ccfdd3f74b10b0eed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9586f381530abc60510ebd81f91ec0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75ac47b6c889339ebe65d7382fb7bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d8d8fafc3372677f19c80a214d6ed5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceff61120304eb45d62cc1d0559732e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00aba862f7dbce048b7447ab174dde31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9974abb212a564a9b5f1937f3bf048.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588212b1fae0411c5d29be2a7d629d4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d92a22e7895498c81373c312a92c625f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6499a85a955ccd82cb0277abc5d8077.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a39fe4b6107badfa3b473adfaa763e9d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>