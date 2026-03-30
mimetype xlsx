--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04523d213cba72a9fe687c1768bf4abf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7090bcc47b9c8dafef6edf6dc649a373.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f572fec62b0536be6be9b16d7dadfd17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ec991642c33ca690571947a11e9906.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34d131fc29701558783fb061511f0232.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2338a9509a934dbcc871c1b7de7f5000.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd177d7f7927643c190a537cea97cbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78328c028400d062fea084249eb1deb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b3861503537a881d8cb49f0f6e4572.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a53818c92ce7be4c4b75d7ec5f1bc929.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fad0e724f6081e91f3e9767be89282.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc3ff6cd55105d0e3f9f7baf19cd6c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b3762c7c20f20e1027f1be57f5639d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbffccf7be8a5d7f1dc0312536d13b77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24d2e21bc7e2515dacf9b1a081a35bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87990d82172bfe00acadd7d2d8245fe9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcea734e585539f996a4ebacc691fac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7a8274a36f68a38edb6a3fd7a2f83e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>