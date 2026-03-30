--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -475,79 +475,79 @@
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="14" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1246d3b587e2cd348d58dd66007e5d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f04dd07569123bec3aa40d0118d68d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45928234e8047caaccf39bd912e2ea09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7622fd20faa574041b4c39fbe2395b0c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a2f33868e989caa01cf78aea0dbe77d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1dbebac7222d60c4bf963db3ca0003.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f58ba16c78f3a4f15936288db1d853.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e9189cb3bad12bc25a3b0f1fafcaf5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cc5afff5c33deceb5f2c65f0535add.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcc31e2d4f23793a78c767452aeee57f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf125be45b43a855481964588910bf5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73cc8dea6cc2a314b3c85c8b31f456.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f29346306ca7978bbd6876a41d8cd3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c6d8d1612b4f9418cbbe5137916ef3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d004ef558f93800a2822e420739523.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffee64348a4008c4d855b0a83dfa31df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5a776441a61db7415d48cc1d4b3e35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bfe0a992b8fef26e8108831dda4be7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>