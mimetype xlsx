--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5003a23367ae247521fc88d823f449ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80599fa81fea4e1288bea3a25e4c6b6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03633142e37ce63d600d67ac966c72d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8deded2a1ae00e20746bbcd562c889.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f5fb05e2e939c60cd2ba9c53628df6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506b0c5a555812448362eb32d5b3a3ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49f631a5c8657418949b524cc2de57cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808f6d3e6812569625a469c5c5758bf1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f1f1d8b57b9315143fc88d966e4022.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0fb66400cc12cfe1f851d76ce297b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf033c4d6292b5c410b19da7d764b49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc3954828607f308c739c45b6ca46c60.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d952eb94e4bf08e69d1b9da5303e85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c93af0271b118e15175e2bb98064498b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983e09230b677340048fd463a06619f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eef88bbd1bc10eb000242c978843e83e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b9d7d0e502c8ad8fad7a9af791d5628.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>