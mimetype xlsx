--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80599fa81fea4e1288bea3a25e4c6b6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b059b9666e3f599498837a603fec56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8deded2a1ae00e20746bbcd562c889.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403708ae387639d64a2f99faa636ab1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506b0c5a555812448362eb32d5b3a3ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/038b6de63bb990f5a3f6bc07d9f6704f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808f6d3e6812569625a469c5c5758bf1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13525e49b786d5bd40ff79500f41a6a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0fb66400cc12cfe1f851d76ce297b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65372656c11c79d6c088b6dcfd480719.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc3954828607f308c739c45b6ca46c60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e1889c0452d5fb728696bfcdad940b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c93af0271b118e15175e2bb98064498b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fcb2acdfbc67b46b1807e068b38b14a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e094d9a6efddf145ae1a93a472c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b9d7d0e502c8ad8fad7a9af791d5628.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8d27369b28b472a471f222e55c1187.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fe37393ab0523b84c5e097ce865770.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>