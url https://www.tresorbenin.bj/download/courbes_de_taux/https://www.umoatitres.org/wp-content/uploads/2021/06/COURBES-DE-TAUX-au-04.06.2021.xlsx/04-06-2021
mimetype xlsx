--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9da6677fb440fe63f823cd374d8a469a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad53ce675e6fbc7cf9f198b137a56fa3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599eee996853faa6858d25dce21bf3cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079add4037ee1f088bec38a4ba2d10cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d54780c417f2969de91ab961c792bd5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c0e22881af1b4a59481b4b4b38b874.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aec7ba58a6fb94461a720a5ae3162b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4696b4c825eadda839bde549f15d37d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0528deff4e333af4bb12965fcf6fc99f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924fa040397dd7d65cff0037bd5e3e42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca73bfd1c1d0963d93ea287c21bc28d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae943f54e8b14abe9483f5ce83c45cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db4892b1bd79e34225fbb3d3ac768657.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae11c2a4229aed2ca11726b2fd7b641.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed89f957bafa8682aed184261f41efad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a59404d85ed23e3a85e6ff72488f7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfad13e22449b4765d2ea1845ea1ce6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f331b570977e2b0d7d8e2baacb68cb3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>