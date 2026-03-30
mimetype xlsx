--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b1053224ce089ccb4f567ddfaf5fdbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e4918c18a0d6d3d09ebc805f1e2a25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5803adec505ee43c7e82a8308490c63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/537e9183400837bac04c12427fab1cfb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd672a26738162d4ce4d1f2fce56b361.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef5f704f2565b9525c3df1e1f8b41d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2cba8a5c088cdc7d85390aa6726f44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51197d4d72ca1bd910d379109796118c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6a4a4299ce7ebb3af20bda95dfbe3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a03c81a0b39b7ab0e7efd0278072423.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e87ca7632ffa61cb914bc8e4bdcbdb91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08fcf8a1b4bde9a42fc5d72d4e5665b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b31f83b6aa57431e87b937dbe33cb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c3549715bbc01e534ba5aac048ba4b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d64c322fc2f372f5f5ca0d9e67e86d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40957c746bea97f13cd8e0777740a9b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa60bd8474f1944c8737a26f9ccf2d8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd275e6b84442720bb9185b0bd75bdd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>